--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fab23d73c5e4363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda434d56a8884861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d4d723519242ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc091391f1ba64d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c32f7fcb0244d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d4d723519242ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01dbe2cb5bdf48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc091391f1ba64d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -670,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>