--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda434d56a8884861" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a389aa213e45e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc091391f1ba64d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b67ea385734be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01dbe2cb5bdf48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc091391f1ba64d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf6f9b239e834180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b67ea385734be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>