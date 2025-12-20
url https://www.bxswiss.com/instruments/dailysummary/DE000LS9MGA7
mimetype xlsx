--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a389aa213e45e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089f62731c754a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b67ea385734be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8eb41711f0f4764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf6f9b239e834180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b67ea385734be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb69818642c36405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8eb41711f0f4764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>