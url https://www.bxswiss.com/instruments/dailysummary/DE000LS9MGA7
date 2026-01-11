--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089f62731c754a09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d04d6342f484d65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8eb41711f0f4764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7a7b2ef5ff4ba8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb69818642c36405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8eb41711f0f4764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d8921ab30434dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7a7b2ef5ff4ba8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>