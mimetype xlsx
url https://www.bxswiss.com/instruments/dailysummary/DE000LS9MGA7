--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d04d6342f484d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3daa665f27934b87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7a7b2ef5ff4ba8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a85f09f86dc4e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d8921ab30434dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7a7b2ef5ff4ba8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a054c15c7c64485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a85f09f86dc4e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,617</x:t>
-[...90 lines deleted...]
-          <x:t>194,836</x:t>
+          <x:t>190,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>