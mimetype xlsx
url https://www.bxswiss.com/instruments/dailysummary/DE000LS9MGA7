--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3daa665f27934b87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdcd177a176a4fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a85f09f86dc4e5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R228eeea8ef1244d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a054c15c7c64485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a85f09f86dc4e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re21885ba175e4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R228eeea8ef1244d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Responsible Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>