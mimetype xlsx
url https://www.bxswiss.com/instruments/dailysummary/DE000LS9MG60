--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3caa158de0c45f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a75e94497934d1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2c45aa751f4d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd16dfa8d8cf7497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04aab683b3c24113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2c45aa751f4d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c0503fc9f741a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd16dfa8d8cf7497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ FINTECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>