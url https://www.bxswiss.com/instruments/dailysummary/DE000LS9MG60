--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a75e94497934d1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829786592117432d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd16dfa8d8cf7497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re09df05d85334129"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c0503fc9f741a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd16dfa8d8cf7497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463f5dba413c478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re09df05d85334129" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ FINTECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>