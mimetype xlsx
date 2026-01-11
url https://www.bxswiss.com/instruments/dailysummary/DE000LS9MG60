--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829786592117432d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af20ce619a04bea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re09df05d85334129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec8e1d12d610440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463f5dba413c478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re09df05d85334129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d0018e64b5425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec8e1d12d610440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ FINTECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>191,390</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,508</x:t>
-[...431 lines deleted...]
-          <x:t>146,218</x:t>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>