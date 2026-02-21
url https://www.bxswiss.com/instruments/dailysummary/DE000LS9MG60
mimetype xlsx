--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af20ce619a04bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80a16b3822a4146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec8e1d12d610440b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc22c267dde645a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d0018e64b5425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec8e1d12d610440b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96fa8abbb5b43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc22c267dde645a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ FINTECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>176,213</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>