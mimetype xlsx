--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80a16b3822a4146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6652461b251476d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc22c267dde645a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62847974e774377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96fa8abbb5b43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc22c267dde645a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b1fa556db24ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62847974e774377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ FINTECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>