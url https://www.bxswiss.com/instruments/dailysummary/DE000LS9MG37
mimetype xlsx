--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a7e93f32b0c42ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R155843f820ed4856" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3af5e5871b8a4ad5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1606321d514748e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22584bc46a4543a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3af5e5871b8a4ad5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a19d223ca5a4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1606321d514748e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Blue-Chips strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>