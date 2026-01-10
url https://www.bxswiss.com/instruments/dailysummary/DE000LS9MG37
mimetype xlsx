--- v1 (2025-11-15)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R155843f820ed4856" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R803ba3e4864a4fdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1606321d514748e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ed80ccb01e4689"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a19d223ca5a4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1606321d514748e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ea8e7899f0447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ed80ccb01e4689" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Blue-Chips strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,707</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>