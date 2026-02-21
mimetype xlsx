--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R803ba3e4864a4fdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec3e277895e468a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ed80ccb01e4689"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ba443d766243fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ea8e7899f0447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ed80ccb01e4689" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re101efada82542f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ba443d766243fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Blue-Chips strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>116,411</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,917</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>143,912</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>