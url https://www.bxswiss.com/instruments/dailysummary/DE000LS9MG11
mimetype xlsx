--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcd6364307740bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25e8b7092934bd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a5c2e0d0ff4890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c9934790fe94a6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84dd7ac31602415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a5c2e0d0ff4890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c7d384ecb54e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c9934790fe94a6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GD - Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>