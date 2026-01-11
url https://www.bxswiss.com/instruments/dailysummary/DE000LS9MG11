--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25e8b7092934bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e826e7fea44362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c9934790fe94a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23eb7f90bc3b444c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c7d384ecb54e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c9934790fe94a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235318867860467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23eb7f90bc3b444c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GD - Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,043</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>