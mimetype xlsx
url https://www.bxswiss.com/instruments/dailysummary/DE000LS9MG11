--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e826e7fea44362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce37c1ffbfc4df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23eb7f90bc3b444c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c4bb88f4d0e4946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235318867860467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23eb7f90bc3b444c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R301b40636627499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c4bb88f4d0e4946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GD - Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>130,506</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>137,638</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>