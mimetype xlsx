--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce37c1ffbfc4df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd24d12208cf24d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c4bb88f4d0e4946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R396e6897e10c4d55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R301b40636627499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c4bb88f4d0e4946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1278224d610f4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R396e6897e10c4d55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GD - Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>