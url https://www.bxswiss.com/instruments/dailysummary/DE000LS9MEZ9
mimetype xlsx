--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfc6893c177c4c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8e18d1d64a439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1768572f83ba4564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22848e05e12432f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b8e5a63df44fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1768572f83ba4564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b021a13fb9439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22848e05e12432f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100SharesOfMike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>