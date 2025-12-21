--- v1 (2025-11-04)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8e18d1d64a439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d46331e181408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22848e05e12432f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15fc63b3baa4942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b021a13fb9439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22848e05e12432f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e767403063d4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15fc63b3baa4942" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100SharesOfMike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>140,987</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>