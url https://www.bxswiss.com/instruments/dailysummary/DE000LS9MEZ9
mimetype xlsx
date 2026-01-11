--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d46331e181408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf73ace7b559846e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15fc63b3baa4942"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167cd149041542f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e767403063d4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15fc63b3baa4942" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb827cf391c404dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167cd149041542f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100SharesOfMike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>