--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf73ace7b559846e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d661a43ee94c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167cd149041542f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd611c3b82104ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb827cf391c404dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167cd149041542f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69f1f9135224e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd611c3b82104ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100SharesOfMike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>148,522</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>