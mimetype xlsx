--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8948939af4849b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb66575d433349a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74b18840860e4be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7063b74497b4b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdecc2f8eb4954d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74b18840860e4be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57064efe3e1c4ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7063b74497b4b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>