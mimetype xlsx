--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb66575d433349a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff19a2c3f764639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7063b74497b4b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa3cde4e1f64e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57064efe3e1c4ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7063b74497b4b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11f0a67469244f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa3cde4e1f64e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,930</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>92,249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,281</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>