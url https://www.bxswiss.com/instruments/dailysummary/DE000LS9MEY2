--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff19a2c3f764639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf6a0d2832fc4f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa3cde4e1f64e63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a847e5729e7413d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11f0a67469244f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa3cde4e1f64e63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d85ece468ae408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a847e5729e7413d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,737</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>