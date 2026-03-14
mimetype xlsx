--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf6a0d2832fc4f2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39fb86c8fe884a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a847e5729e7413d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0203d3bee96147fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d85ece468ae408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a847e5729e7413d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R530410c8201f49af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0203d3bee96147fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...320 lines deleted...]
-          <x:t>95,538</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,315</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>94,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,083</x:t>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>