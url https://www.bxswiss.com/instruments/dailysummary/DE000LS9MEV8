--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb158ef201cfb4f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c2ebfcc8764589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21578002c1ff429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182abd6bd3e34661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6d727861dcd439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21578002c1ff429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5afe2c6bb40f49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182abd6bd3e34661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>214,759</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>214,537</x:t>
-[...355 lines deleted...]
-          <x:t>217,261</x:t>
+          <x:t>216,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>