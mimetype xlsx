--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c2ebfcc8764589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6647975c4cf4f96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182abd6bd3e34661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876b5aa05eef4d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5afe2c6bb40f49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182abd6bd3e34661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra492a16e6bc64725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876b5aa05eef4d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>215,146</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,422</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,495</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>