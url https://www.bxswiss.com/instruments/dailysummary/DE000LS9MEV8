--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6647975c4cf4f96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47413b20e24c40b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876b5aa05eef4d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb7675eeffe4aa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra492a16e6bc64725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876b5aa05eef4d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e471d93c7c642d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb7675eeffe4aa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,467</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>