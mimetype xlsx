--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47413b20e24c40b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2a2892fb3f4a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb7675eeffe4aa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R225bcb47e49842e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e471d93c7c642d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb7675eeffe4aa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4428a246f0274643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R225bcb47e49842e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>