--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2a2892fb3f4a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978068a41cdf45a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R225bcb47e49842e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1455945d14064443"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4428a246f0274643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R225bcb47e49842e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7b89a4828f4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1455945d14064443" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>231,222</x:t>
-[...387 lines deleted...]
-          <x:t>235,305</x:t>
+          <x:t>233,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>