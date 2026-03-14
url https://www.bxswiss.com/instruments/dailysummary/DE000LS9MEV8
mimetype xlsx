--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978068a41cdf45a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77f112ca0cc449e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1455945d14064443"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda3ca1ca8d754d06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7b89a4828f4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1455945d14064443" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859bb5d1117045e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda3ca1ca8d754d06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>