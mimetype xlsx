--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5098e8ecafa64584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9387496d8ca7421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4d467e20d14c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25cc054bf2441c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd4323b443c4a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4d467e20d14c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32de9693dc94432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25cc054bf2441c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>75,949</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,253</x:t>
-[...566 lines deleted...]
-          <x:t>79,560</x:t>
+          <x:t>75,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>