--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9387496d8ca7421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da7bc90a159490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25cc054bf2441c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5331b948fa7a4f31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32de9693dc94432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25cc054bf2441c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e6f3ba1a4d44f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5331b948fa7a4f31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>82,315</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>