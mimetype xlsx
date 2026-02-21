--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da7bc90a159490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66ef305dc064dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5331b948fa7a4f31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5190947a8c470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e6f3ba1a4d44f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5331b948fa7a4f31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf25a9f565619450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5190947a8c470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>68,587</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>