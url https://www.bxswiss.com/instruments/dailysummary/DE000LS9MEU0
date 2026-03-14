--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66ef305dc064dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e985816a1324c3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5190947a8c470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7975fbdcecdf4a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf25a9f565619450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5190947a8c470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58898ed4c6be4ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7975fbdcecdf4a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>