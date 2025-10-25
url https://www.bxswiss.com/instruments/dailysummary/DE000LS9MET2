--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc823c0caf854ae5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d9d90e7598b43ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97ab7bf602ad432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra25c68f568aa460f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d2f09bda6cc4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97ab7bf602ad432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392d69bad5b1464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra25c68f568aa460f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Newstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MET2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>