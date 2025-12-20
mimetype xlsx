--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d9d90e7598b43ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9aec1854a9f438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra25c68f568aa460f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re211414f73514104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392d69bad5b1464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra25c68f568aa460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R106e6efa995445dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re211414f73514104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Newstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MET2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>288,245</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>