--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9aec1854a9f438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R965f4a886adc48c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re211414f73514104"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d85ab53140c4c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R106e6efa995445dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re211414f73514104" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re93f28f85097441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d85ab53140c4c28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Newstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MET2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>