--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R965f4a886adc48c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d8938826dd45e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d85ab53140c4c28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a5465912eab4678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re93f28f85097441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d85ab53140c4c28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23fb5e48c63f4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a5465912eab4678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Newstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MET2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>324,921</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>