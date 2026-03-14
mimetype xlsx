--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d8938826dd45e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R060a4177ce264921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a5465912eab4678"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b85c525de64d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23fb5e48c63f4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a5465912eab4678" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100cf030d3694c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b85c525de64d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Newstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MET2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>