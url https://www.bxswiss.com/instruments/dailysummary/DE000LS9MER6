--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c74609cbed458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821118069ddc4a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e59eb80c2c4e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ebe9f2815b4d87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5d5544cdab4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e59eb80c2c4e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e8263be24264182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ebe9f2815b4d87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die geprügelten Turnaroundwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MER6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>