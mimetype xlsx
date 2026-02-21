--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821118069ddc4a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4895d070f9ec40f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ebe9f2815b4d87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a015dbb4254ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e8263be24264182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ebe9f2815b4d87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7527b6f7324d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a015dbb4254ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die geprügelten Turnaroundwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MER6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>200,958</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>