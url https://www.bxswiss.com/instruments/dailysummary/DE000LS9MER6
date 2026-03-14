--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4895d070f9ec40f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11cdad90eb754c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a015dbb4254ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44cd9009f8d04f53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7527b6f7324d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a015dbb4254ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc34d6cbadd1d417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44cd9009f8d04f53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die geprügelten Turnaroundwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MER6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>