--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb9c0073694d4da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b30df6e363b4671" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra683bca0dfb242be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc6c65159814069"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2693baea6ae45fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra683bca0dfb242be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ee9f3e5b9f4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc6c65159814069" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nuclearia Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>41,938</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,805</x:t>
-[...151 lines deleted...]
-          <x:t>44,800</x:t>
+          <x:t>42,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,843</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>41,901</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>