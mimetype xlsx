--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b30df6e363b4671" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re569213afbec40a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc6c65159814069"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R169feb073396487d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ee9f3e5b9f4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc6c65159814069" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46084ed711e34a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R169feb073396487d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nuclearia Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>45,801</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>