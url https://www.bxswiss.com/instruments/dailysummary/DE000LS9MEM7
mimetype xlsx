--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re569213afbec40a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b529724f3f4bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R169feb073396487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a09abad5a964f3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46084ed711e34a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R169feb073396487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36aae62127384ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a09abad5a964f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nuclearia Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>48,547</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,833</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,451</x:t>
-[...441 lines deleted...]
-          <x:t>49,184</x:t>
+          <x:t>49,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>