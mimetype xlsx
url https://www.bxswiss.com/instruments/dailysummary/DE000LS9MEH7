--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4afc420168b4aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68943cd11ee94ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e65aca04fb649b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6102e5e2bbd840ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red800854619447d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e65aca04fb649b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435583cfc4b749fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6102e5e2bbd840ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Marktposition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>229,296</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>