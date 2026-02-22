--- v1 (2026-01-09)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68943cd11ee94ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd679bb86715c4d15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6102e5e2bbd840ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae145d7386614a89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435583cfc4b749fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6102e5e2bbd840ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e777e960ee4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae145d7386614a89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Marktposition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>228,698</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>