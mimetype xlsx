--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f5c958b05842c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b29fee07ff46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd24c25f33a2845e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbf90528b7b84967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34fedded8fa14610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd24c25f33a2845e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98b15d9491040af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbf90528b7b84967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>109,313</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,545</x:t>
-[...119 lines deleted...]
-          <x:t>108,101</x:t>
+          <x:t>108,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,374</x:t>
-[...490 lines deleted...]
-          <x:t>107,423</x:t>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>