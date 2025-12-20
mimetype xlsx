--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b29fee07ff46cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d57467d726e4b34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbf90528b7b84967"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refcb541ec66748f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98b15d9491040af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbf90528b7b84967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd783cd46977342ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refcb541ec66748f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>107,400</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>