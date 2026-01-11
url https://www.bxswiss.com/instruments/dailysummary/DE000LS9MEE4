--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d57467d726e4b34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049dbb6afde641bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refcb541ec66748f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8497986aeb2149d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd783cd46977342ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refcb541ec66748f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7df2e1adb3c4531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8497986aeb2149d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>