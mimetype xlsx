--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049dbb6afde641bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceaed566ebab4e8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8497986aeb2149d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d84864d4f04056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7df2e1adb3c4531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8497986aeb2149d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc36ed5dee66a4878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d84864d4f04056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,148</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>