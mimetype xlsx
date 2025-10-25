--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raabb11dca00f48a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd892afeb3f6946b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e68dd514934301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb426a0afb824103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc966ece218cf4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e68dd514934301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7ee8063f234579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb426a0afb824103" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MED6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>