--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd892afeb3f6946b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc690473777144a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb426a0afb824103"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b263207b077429e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7ee8063f234579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb426a0afb824103" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8763c2b1f4a44725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b263207b077429e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MED6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,709</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>