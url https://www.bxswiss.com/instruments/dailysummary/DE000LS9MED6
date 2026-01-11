--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc690473777144a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca0f7c97a9a497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b263207b077429e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32bef54e03174d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8763c2b1f4a44725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b263207b077429e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c42facff3e49f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32bef54e03174d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MED6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>