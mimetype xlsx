--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca0f7c97a9a497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf46aa63c1c0d4878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32bef54e03174d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f8dbe0f98d44c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c42facff3e49f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32bef54e03174d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b1561487f449e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f8dbe0f98d44c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MED6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>154,907</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,355</x:t>
-[...85 lines deleted...]
-          <x:t>156,614</x:t>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>