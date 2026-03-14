--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf46aa63c1c0d4878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f7ff7d84a543b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f8dbe0f98d44c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd5a21c4beca4e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b1561487f449e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f8dbe0f98d44c1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c98ceb36d0f4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd5a21c4beca4e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MED6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>