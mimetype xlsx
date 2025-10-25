--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d80858f9034984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6734df60b0104a6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07e2d8cf0df4862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87db5608235440de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877f2adf12c84f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07e2d8cf0df4862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfdb00354cda4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87db5608235440de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Besonnen nach S.Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>