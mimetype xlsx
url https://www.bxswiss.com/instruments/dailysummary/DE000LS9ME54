--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6734df60b0104a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ed6827992148c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87db5608235440de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfebca3d5c5cb40c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfdb00354cda4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87db5608235440de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef1538b37614d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfebca3d5c5cb40c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Besonnen nach S.Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>