--- v2 (2025-11-15)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ed6827992148c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef023d9508e42e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfebca3d5c5cb40c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d72fb40bf146c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef1538b37614d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfebca3d5c5cb40c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb99d2f0ff8ca490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d72fb40bf146c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Besonnen nach S.Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>176,657</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>