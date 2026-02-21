--- v3 (2026-01-06)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef023d9508e42e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53402ed0a34045e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d72fb40bf146c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82978f1e88454272"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb99d2f0ff8ca490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d72fb40bf146c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8881cd6001c54623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82978f1e88454272" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Besonnen nach S.Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>216,525</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>