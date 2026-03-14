--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53402ed0a34045e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c9a86eb39444a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82978f1e88454272"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcbda7a991c4f4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8881cd6001c54623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82978f1e88454272" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f31decb609842a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcbda7a991c4f4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Besonnen nach S.Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>