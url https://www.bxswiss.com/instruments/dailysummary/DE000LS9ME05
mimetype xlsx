--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd129ec594db14695" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c00f7dff82945d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R326b9ce040014ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e37bcfb99d4d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcd0444e62034189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R326b9ce040014ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf21e049929b48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e37bcfb99d4d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>