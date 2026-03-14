--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c00f7dff82945d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272f944af9b143e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e37bcfb99d4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a9de07b16bd40ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf21e049929b48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e37bcfb99d4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R191bcba0cacf4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a9de07b16bd40ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>263,249</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>