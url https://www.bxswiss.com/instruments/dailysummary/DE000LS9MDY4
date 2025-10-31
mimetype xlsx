--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79f545aaf23c4932" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c3a5952568a450d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c03b19c7b304dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36776d55cb1f4086"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c10042fce0d4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c03b19c7b304dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe4e43b7d824e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36776d55cb1f4086" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>499,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>