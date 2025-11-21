--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c3a5952568a450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f267a5c622a44aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36776d55cb1f4086"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e7e195fa074432"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe4e43b7d824e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36776d55cb1f4086" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d9ca5890c34e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e7e195fa074432" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>