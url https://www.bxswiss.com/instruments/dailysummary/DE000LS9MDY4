--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f267a5c622a44aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ff75e8a0964cb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e7e195fa074432"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red0447de5e444556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d9ca5890c34e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e7e195fa074432" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5b9f4afea944f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red0447de5e444556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>