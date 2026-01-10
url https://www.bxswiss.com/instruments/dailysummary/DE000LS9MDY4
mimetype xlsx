--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ff75e8a0964cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8145b270b24a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red0447de5e444556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b4b1e363ff441b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5b9f4afea944f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red0447de5e444556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R814106efa2534266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b4b1e363ff441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>