--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8145b270b24a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8450d7d47f0e4f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b4b1e363ff441b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c052073d6bb4331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R814106efa2534266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b4b1e363ff441b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61585fe0f80f4f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c052073d6bb4331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>497,676</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>