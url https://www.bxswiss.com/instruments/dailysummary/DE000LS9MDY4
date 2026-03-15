--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8450d7d47f0e4f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0f1e06d18094c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c052073d6bb4331"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ce529b6468f4967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61585fe0f80f4f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c052073d6bb4331" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7fda91f76d44fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ce529b6468f4967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>459,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>