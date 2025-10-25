--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd08b4572269e426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9663ea15bd474009" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a43fb44dfa24709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6559417c1a645b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd077ad543db34406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a43fb44dfa24709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c9ee29001d45c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6559417c1a645b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewTechInvestor - Large Caps DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,608 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>88,906</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,003</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...290 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,132</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>