--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9663ea15bd474009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde1b29bb1fb2484f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6559417c1a645b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32b41e21e9b74fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c9ee29001d45c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6559417c1a645b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8003d03b56af449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32b41e21e9b74fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewTechInvestor - Large Caps DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>88,012</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,885</x:t>
-[...107 lines deleted...]
-          <x:t>89,003</x:t>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>92,243</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,586</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>90,997</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>