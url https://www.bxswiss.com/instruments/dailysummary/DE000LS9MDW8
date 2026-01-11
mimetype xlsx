--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde1b29bb1fb2484f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19163fd0f45434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32b41e21e9b74fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dc15afb081948c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8003d03b56af449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32b41e21e9b74fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b1fcedc44824c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dc15afb081948c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewTechInvestor - Large Caps DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>90,911</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,882</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>92,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>92,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>