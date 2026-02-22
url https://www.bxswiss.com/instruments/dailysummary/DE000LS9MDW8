--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19163fd0f45434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3467e6c79933464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dc15afb081948c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce11ad77ad6f42a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b1fcedc44824c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dc15afb081948c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ae7b862fb74517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce11ad77ad6f42a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewTechInvestor - Large Caps DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>92,030</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,197</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>94,754</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>