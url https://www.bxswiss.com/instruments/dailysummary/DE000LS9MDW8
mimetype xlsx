--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3467e6c79933464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea0aa99b07f423c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce11ad77ad6f42a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c68819e52e4c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ae7b862fb74517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce11ad77ad6f42a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90f16afe2a1e42c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c68819e52e4c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewTechInvestor - Large Caps DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,331</x:t>
-[...576 lines deleted...]
-          <x:t>93,120</x:t>
+          <x:t>91,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>