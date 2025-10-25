--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R303fd130b23543d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cb56f2d98d444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re52b946205c54914"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1849f9dad88542f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1399b52f4584cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re52b946205c54914" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf64cde538f344a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1849f9dad88542f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Niedrigbewertete Aktien Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>