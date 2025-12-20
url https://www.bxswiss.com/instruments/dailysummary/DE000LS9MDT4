--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cb56f2d98d444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a35721a11814dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1849f9dad88542f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f068ae06c124ebb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf64cde538f344a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1849f9dad88542f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35cd8f85305244a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f068ae06c124ebb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Niedrigbewertete Aktien Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,477</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>