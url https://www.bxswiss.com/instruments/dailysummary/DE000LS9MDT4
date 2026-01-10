--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a35721a11814dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de501198d714428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f068ae06c124ebb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844a7968d0c24cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35cd8f85305244a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f068ae06c124ebb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba1589496404ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844a7968d0c24cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Niedrigbewertete Aktien Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>