--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de501198d714428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe41c08a2256459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844a7968d0c24cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra912a6b08abc43b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba1589496404ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844a7968d0c24cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87dad91466cb4c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra912a6b08abc43b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Niedrigbewertete Aktien Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>157,174</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>