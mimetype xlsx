--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe41c08a2256459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f25e6b6e7ee4f30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra912a6b08abc43b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d43f241a374578"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87dad91466cb4c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra912a6b08abc43b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6d8069f6c5f477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d43f241a374578" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Niedrigbewertete Aktien Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,532</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>