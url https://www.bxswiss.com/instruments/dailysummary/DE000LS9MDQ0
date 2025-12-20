--- v0 (2025-10-05)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12080abc19514cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45281fe77f584a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R475a612f847c4416"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e6ad4b375bc4fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52eb79a57c2e426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R475a612f847c4416" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869ff29b1f2744f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e6ad4b375bc4fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieSmallMid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>25,987</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>