--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45281fe77f584a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bfa4e1793114f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e6ad4b375bc4fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdd87d8ec8054064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869ff29b1f2744f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e6ad4b375bc4fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd5942ab8254bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdd87d8ec8054064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieSmallMid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>