--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bfa4e1793114f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69326a4024a34feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdd87d8ec8054064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427f27d0a34d4578"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd5942ab8254bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdd87d8ec8054064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae6d42883a474832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427f27d0a34d4578" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieSmallMid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>30,216</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>