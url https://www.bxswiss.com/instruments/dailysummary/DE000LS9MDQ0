--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69326a4024a34feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413851eed99c4b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427f27d0a34d4578"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re964526558964e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae6d42883a474832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427f27d0a34d4578" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec9c7b71c2b4406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re964526558964e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieSmallMid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>