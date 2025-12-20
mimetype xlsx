--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ebac8e08ca4211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb58ffc791164940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e5d6e3081b4307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728e241a23d141e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfb4ce799d02449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e5d6e3081b4307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f91716cb8594c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728e241a23d141e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future market leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>622,570</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>619,999</x:t>
-[...355 lines deleted...]
-          <x:t>621,759</x:t>
+          <x:t>610,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>