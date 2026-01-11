--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb58ffc791164940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48fe9fd400b740cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728e241a23d141e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97be3a16fca44bc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f91716cb8594c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728e241a23d141e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7766ef20ac1349ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97be3a16fca44bc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future market leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>608,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>610,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>608,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>610,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>595,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>601,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>594,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>601,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>