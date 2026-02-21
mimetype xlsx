--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48fe9fd400b740cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240d5d2560624eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97be3a16fca44bc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re840c0b4008745ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7766ef20ac1349ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97be3a16fca44bc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3152c5d589e44174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re840c0b4008745ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future market leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>620,494</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>