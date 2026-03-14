--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240d5d2560624eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c07f361eb95429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re840c0b4008745ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2052557e96c54248"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3152c5d589e44174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re840c0b4008745ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ce3e516be3405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2052557e96c54248" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future market leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>589,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>590,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>589,226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>587,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>591,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>585,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>589,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>