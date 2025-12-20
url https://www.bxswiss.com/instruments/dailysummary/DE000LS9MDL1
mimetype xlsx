--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf35876aed9bd4411" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R719aa16fd9d54cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49550ee5b3bc4ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9bf1cb78fe4840"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc62c49baaf1b45cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49550ee5b3bc4ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829d0074a4d64d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9bf1cb78fe4840" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Dividend &amp; Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,951</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>