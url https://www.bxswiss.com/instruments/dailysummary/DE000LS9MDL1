--- v1 (2025-12-20)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R719aa16fd9d54cd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7d609253d44a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9bf1cb78fe4840"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f8f18bda1e14321"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829d0074a4d64d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9bf1cb78fe4840" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d71ffb7e9824720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f8f18bda1e14321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Dividend &amp; Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...593 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,611</x:t>
-[...36 lines deleted...]
-          <x:t>118,674</x:t>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>