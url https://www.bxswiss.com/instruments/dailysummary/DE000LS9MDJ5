--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96be4382d093452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c937b75f5544acb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13784ca011e34ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d8bfecbc454b50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb4843ff9ee4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13784ca011e34ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92264c0ff9934e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d8bfecbc454b50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv BIO Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,331</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>59,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,120</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>