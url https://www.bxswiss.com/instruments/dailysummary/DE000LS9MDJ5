--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c937b75f5544acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89340394e54c4662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d8bfecbc454b50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89dfc34d0f1d4833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92264c0ff9934e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d8bfecbc454b50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32482776efae4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89dfc34d0f1d4833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv BIO Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>66,532</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>