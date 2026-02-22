--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89340394e54c4662" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01610ec4d2834a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89dfc34d0f1d4833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcda59f84cb484126"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32482776efae4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89dfc34d0f1d4833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050f157b8a274da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcda59f84cb484126" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv BIO Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>62,255</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>