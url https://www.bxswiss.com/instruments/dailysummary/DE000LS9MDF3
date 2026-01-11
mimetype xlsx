--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3deeb6dd466942e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4276c1e4f9c94a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5401558cae542c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e3c9a300a2342cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf446043c72fe411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5401558cae542c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c7841d2c67d4edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e3c9a300a2342cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DigitalTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>