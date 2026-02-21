--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4276c1e4f9c94a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc81db3ef684176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e3c9a300a2342cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e5c339297a414f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c7841d2c67d4edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e3c9a300a2342cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a36f0257e9f4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e5c339297a414f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DigitalTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>291,374</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>