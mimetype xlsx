--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc81db3ef684176" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d0903ae6b643b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e5c339297a414f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a0d1b48ab284f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a36f0257e9f4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e5c339297a414f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4207d054dba24a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a0d1b48ab284f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DigitalTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>