--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f9f1a9e3994777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra36ae1066f314f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R059b341be0044a02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8e361b3f5b4c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc264696620994d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R059b341be0044a02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf346c513374242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8e361b3f5b4c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Select 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>