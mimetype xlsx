--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra36ae1066f314f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b5aaf63b224117" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8e361b3f5b4c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2041a5ad3f0a4b4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf346c513374242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8e361b3f5b4c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398cc2f5f9744192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2041a5ad3f0a4b4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Select 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,809</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>