--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b5aaf63b224117" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0021d9d45ddf4fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2041a5ad3f0a4b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R293c8dae0f3f4408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398cc2f5f9744192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2041a5ad3f0a4b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reabf4ade8ee84fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R293c8dae0f3f4408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Select 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>103,662</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>