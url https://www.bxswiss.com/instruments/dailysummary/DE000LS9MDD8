--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0021d9d45ddf4fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f7dcd8044d433b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R293c8dae0f3f4408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf34d65bc02c490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reabf4ade8ee84fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R293c8dae0f3f4408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec059d82d4a04eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf34d65bc02c490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Select 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>