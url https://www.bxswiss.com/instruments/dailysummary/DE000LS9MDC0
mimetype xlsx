--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7123225229c4596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194c28d3aef14f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cdfb1c7e33849f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64c164828f65422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R888128f7b3c54426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cdfb1c7e33849f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87bb8d0d352e448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64c164828f65422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fossil Free</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>133,029</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,700</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>131,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>