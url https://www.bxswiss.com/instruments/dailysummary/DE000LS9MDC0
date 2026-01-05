--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194c28d3aef14f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d818f2d032343c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64c164828f65422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9280f187fe0341bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87bb8d0d352e448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64c164828f65422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6a765601104525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9280f187fe0341bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fossil Free</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>130,505</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,411</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>125,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>