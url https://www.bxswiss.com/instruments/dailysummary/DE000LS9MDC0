--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d818f2d032343c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e46a97ad474691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9280f187fe0341bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1967ce652d44db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6a765601104525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9280f187fe0341bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c0cca4f56e146ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1967ce652d44db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fossil Free</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>128,343</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>