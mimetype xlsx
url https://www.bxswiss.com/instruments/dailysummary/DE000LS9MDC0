--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e46a97ad474691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd42e0ead6334491e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1967ce652d44db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002a884c64694be8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c0cca4f56e146ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1967ce652d44db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12feef89a0a14dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002a884c64694be8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fossil Free</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>124,073</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,673</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>124,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,569</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>