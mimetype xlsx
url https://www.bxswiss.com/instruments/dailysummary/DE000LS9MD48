--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d6e5546b1a43b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8b2750b6374879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f17b1638bd34c87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba731d2c8a14d3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c6ace735964d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f17b1638bd34c87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd23b4cd61c9548b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba731d2c8a14d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speedy gonCHART (diversifiziert)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>