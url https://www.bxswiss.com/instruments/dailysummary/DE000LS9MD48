--- v1 (2025-10-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8b2750b6374879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1e69c7b8374ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba731d2c8a14d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b556cc467c4230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd23b4cd61c9548b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba731d2c8a14d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d2963c8740417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b556cc467c4230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speedy gonCHART (diversifiziert)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>151,946</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>