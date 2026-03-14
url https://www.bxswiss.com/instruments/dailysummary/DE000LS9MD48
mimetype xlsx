--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1e69c7b8374ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed5bc63911344d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b556cc467c4230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6da115605b3f4c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d2963c8740417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b556cc467c4230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277454ebe42d4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6da115605b3f4c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speedy gonCHART (diversifiziert)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>