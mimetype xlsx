--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c1d5a855b9b4ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dcc880ecb944c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e019cee65594f7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c2a45b697049c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd275919a46c4167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e019cee65594f7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdbb6aa62eb74985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c2a45b697049c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende ohne EnDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>111,949</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,755</x:t>
-[...544 lines deleted...]
-          <x:t>112,253</x:t>
+          <x:t>112,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>