--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dcc880ecb944c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f7fe011b3384f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c2a45b697049c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9557fa49206403c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdbb6aa62eb74985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c2a45b697049c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7694b724bae341fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9557fa49206403c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende ohne EnDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>