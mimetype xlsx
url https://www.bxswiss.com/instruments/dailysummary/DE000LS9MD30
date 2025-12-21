--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f7fe011b3384f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c38a1f90904d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9557fa49206403c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89532a3457745a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7694b724bae341fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9557fa49206403c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64743c5ad9724c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89532a3457745a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende ohne EnDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,896</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>