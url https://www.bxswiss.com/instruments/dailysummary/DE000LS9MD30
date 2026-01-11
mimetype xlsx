--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c38a1f90904d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce9681901374d0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89532a3457745a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34462036833347a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64743c5ad9724c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89532a3457745a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64372b92392c4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34462036833347a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende ohne EnDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,67 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,203</x:t>
@@ -764,31 +299,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>