--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce9681901374d0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R685bd0a57ec94838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34462036833347a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6821d54e7ab41b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64372b92392c4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34462036833347a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f8d9378822c4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6821d54e7ab41b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende ohne EnDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,424 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...391 lines deleted...]
-          <x:t>115,271</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>