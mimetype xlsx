--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R685bd0a57ec94838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18683a9f637140d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6821d54e7ab41b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c86f8c527e4e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f8d9378822c4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6821d54e7ab41b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd5f47a08ee4364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c86f8c527e4e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende ohne EnDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>111,787</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,232</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...445 lines deleted...]
-          <x:t>112,063</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,783</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>112,808</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>