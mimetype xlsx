--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90255fb4b4aa4df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fdbe82c855748d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71771ba58bd4a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c24d829e334d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54fad209cb9f44be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71771ba58bd4a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f8ec601714e4316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c24d829e334d6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine starke Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,953</x:t>
-[...441 lines deleted...]
-          <x:t>106,684</x:t>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>