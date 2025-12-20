--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fdbe82c855748d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d702b748d524791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c24d829e334d6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e1474984cf4453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f8ec601714e4316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c24d829e334d6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra62c4acc4278445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e1474984cf4453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine starke Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>