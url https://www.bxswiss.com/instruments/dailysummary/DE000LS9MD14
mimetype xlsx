--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d702b748d524791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c23fda164747f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e1474984cf4453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3243a038ff3e4e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra62c4acc4278445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e1474984cf4453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a290b0a338430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3243a038ff3e4e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine starke Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>105,376</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,216</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>105,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,155</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>