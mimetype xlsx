--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c23fda164747f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bef9a55f6c54d59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3243a038ff3e4e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3352ff5afe248c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a290b0a338430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3243a038ff3e4e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60678b2492b1408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3352ff5afe248c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine starke Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>107,140</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>