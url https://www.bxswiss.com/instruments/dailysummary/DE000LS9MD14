--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bef9a55f6c54d59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e6cb4599274d71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3352ff5afe248c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dbe72f665814603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60678b2492b1408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3352ff5afe248c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceaf807216c5495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dbe72f665814603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine starke Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>