--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52fe1d09f3c4b24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd48ef9b15f429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe73d2bacab14f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e3bc1391fe4fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reec1e6a38a364568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe73d2bacab14f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc50940fb0a547e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e3bc1391fe4fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Indigo Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,404 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>139,663</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>