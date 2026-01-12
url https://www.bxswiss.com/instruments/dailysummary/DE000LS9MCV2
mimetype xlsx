--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd48ef9b15f429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf45a6ec1be4d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e3bc1391fe4fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R853301bca213478a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc50940fb0a547e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e3bc1391fe4fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2d8ccdc3ad4a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R853301bca213478a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Indigo Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">