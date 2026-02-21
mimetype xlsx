--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf45a6ec1be4d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba49c6f20514400" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R853301bca213478a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84cfcb04e2e44971"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2d8ccdc3ad4a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R853301bca213478a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb11557d59d4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84cfcb04e2e44971" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Indigo Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,397 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...364 lines deleted...]
-          <x:t>145,595</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>