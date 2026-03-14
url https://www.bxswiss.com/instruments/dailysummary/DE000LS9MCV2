--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba49c6f20514400" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e330d382e047d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84cfcb04e2e44971"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1ce0ba0349945a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb11557d59d4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84cfcb04e2e44971" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a42a223a9554de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1ce0ba0349945a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Indigo Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>