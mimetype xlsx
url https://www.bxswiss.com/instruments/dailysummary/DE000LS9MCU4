--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7355734bd6da45fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c99d2972c584c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606908f49b344271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2f52a7b73b4ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3c14b405a84439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606908f49b344271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc40873f2113143e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2f52a7b73b4ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>82,021</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,651</x:t>
-[...367 lines deleted...]
-          <x:t>83,326</x:t>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>85,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>