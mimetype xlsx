--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c99d2972c584c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda0d6c28ab3444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2f52a7b73b4ef9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4cde7f738e8418d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc40873f2113143e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2f52a7b73b4ef9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50e575a73e2a4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4cde7f738e8418d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>83,776</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,084</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>84,211</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,879</x:t>
-[...173 lines deleted...]
-          <x:t>84,590</x:t>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,727</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>84,291</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>