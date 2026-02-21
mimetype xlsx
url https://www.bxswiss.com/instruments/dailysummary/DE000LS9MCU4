--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda0d6c28ab3444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7544cf375af54618" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4cde7f738e8418d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf506a169049f4d02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50e575a73e2a4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4cde7f738e8418d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c1a73fb579945ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf506a169049f4d02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,678</x:t>
-[...36 lines deleted...]
-          <x:t>86,606</x:t>
+          <x:t>84,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>