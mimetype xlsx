--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7544cf375af54618" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4940734f4a754f43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf506a169049f4d02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R423babe879d348f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c1a73fb579945ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf506a169049f4d02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88363929852742c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R423babe879d348f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>