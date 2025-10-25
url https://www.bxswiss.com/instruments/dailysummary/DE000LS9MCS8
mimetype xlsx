--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6326de1d09704b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20791a8969c4afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1316be8cbb274022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R297e1dc44b28491b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a07b086b778408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1316be8cbb274022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d354c5c5f440fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R297e1dc44b28491b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaea's Cradle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>