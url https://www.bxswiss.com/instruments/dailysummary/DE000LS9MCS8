--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20791a8969c4afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d74a64292043e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R297e1dc44b28491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c69fd687aa433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d354c5c5f440fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R297e1dc44b28491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6b4ef31f5744a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c69fd687aa433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaea's Cradle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,161</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>