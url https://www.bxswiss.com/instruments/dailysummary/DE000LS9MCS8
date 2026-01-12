--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d74a64292043e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9868bea3818349e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c69fd687aa433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03ba30047f34117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6b4ef31f5744a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c69fd687aa433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea55bf813cb341bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03ba30047f34117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaea's Cradle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>