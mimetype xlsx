--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9868bea3818349e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465a135282fc4668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03ba30047f34117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd458edaafb1942c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea55bf813cb341bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03ba30047f34117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab0c430905b479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd458edaafb1942c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaea's Cradle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>164,650</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>