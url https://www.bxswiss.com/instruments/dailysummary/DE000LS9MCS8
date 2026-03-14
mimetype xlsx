--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465a135282fc4668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d206a3983b941d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd458edaafb1942c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a433f71f584f5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab0c430905b479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd458edaafb1942c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7dcc716acfd4042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a433f71f584f5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaea's Cradle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>