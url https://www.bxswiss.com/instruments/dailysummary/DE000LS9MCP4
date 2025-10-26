--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373ceee4bd234330" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2c295ddc83410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87340e81d79044af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a44c50dd1354874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31fe2bda2fe4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87340e81d79044af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf288252016d24b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a44c50dd1354874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Super Long International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>