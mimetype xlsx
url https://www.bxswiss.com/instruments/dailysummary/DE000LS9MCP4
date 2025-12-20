--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2c295ddc83410b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf71b932d3daf4705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a44c50dd1354874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69cfc32d56194e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf288252016d24b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a44c50dd1354874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b983b6e3ed34257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69cfc32d56194e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Super Long International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>250,474</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>