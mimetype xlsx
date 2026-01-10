--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf71b932d3daf4705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52cad4b2c714604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69cfc32d56194e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a9b1a556dd47f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b983b6e3ed34257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69cfc32d56194e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7159dbcdda64615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a9b1a556dd47f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Super Long International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>