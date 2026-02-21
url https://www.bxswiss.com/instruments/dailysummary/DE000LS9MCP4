--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52cad4b2c714604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020b0cd6e8cd47f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a9b1a556dd47f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce6b3884a924cbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7159dbcdda64615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a9b1a556dd47f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d63b59507454b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce6b3884a924cbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Super Long International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>271,152</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>