--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020b0cd6e8cd47f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba467362dfd442b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce6b3884a924cbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3298a9668db44bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d63b59507454b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce6b3884a924cbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dfcb0d7ad2b4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3298a9668db44bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Super Long International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>