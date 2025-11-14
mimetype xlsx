--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R038b4d55e22c4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1e1b2e995d4018" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37019ae364b74233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf546b24326d3486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb30ada8c8e447f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37019ae364b74233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a25fceabeb74253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf546b24326d3486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Value Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>132,325</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,154</x:t>
-[...215 lines deleted...]
-          <x:t>134,064</x:t>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>