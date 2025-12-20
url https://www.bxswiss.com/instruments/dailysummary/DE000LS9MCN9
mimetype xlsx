--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1e1b2e995d4018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd52f415afb845b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf546b24326d3486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2113e6df324fb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a25fceabeb74253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf546b24326d3486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb75f44ff3be4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2113e6df324fb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Value Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>132,170</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,981</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>132,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>