--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd52f415afb845b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13000c7961b4e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2113e6df324fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbfaf97b0454454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb75f44ff3be4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2113e6df324fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dcab8752d047dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbfaf97b0454454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Value Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>