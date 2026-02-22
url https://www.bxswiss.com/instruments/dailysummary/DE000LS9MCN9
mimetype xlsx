--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13000c7961b4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc66240905274373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbfaf97b0454454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852602bc8ee94a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dcab8752d047dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbfaf97b0454454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2eee55cbd94a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852602bc8ee94a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Value Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,669</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>139,633</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>