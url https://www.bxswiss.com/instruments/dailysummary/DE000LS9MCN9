--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc66240905274373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R427b399a47f24d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852602bc8ee94a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb39dd9c966b24320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2eee55cbd94a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852602bc8ee94a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd934d906569d4685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb39dd9c966b24320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Value Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>134,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>135,923</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,794</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>