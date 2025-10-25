--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a205b1445494ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920077778ee24765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e87c42ca74f4fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra927d41fd9244252"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201cc87569d949e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e87c42ca74f4fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82673dbd2b8e40e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra927d41fd9244252" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Enterprise Acquisition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>