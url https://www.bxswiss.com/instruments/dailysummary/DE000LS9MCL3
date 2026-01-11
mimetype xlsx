--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920077778ee24765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec6902fde6e4434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra927d41fd9244252"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d2cd9dbcda4a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82673dbd2b8e40e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra927d41fd9244252" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227d08b3c5b54a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d2cd9dbcda4a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Enterprise Acquisition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,968</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>182,329</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>