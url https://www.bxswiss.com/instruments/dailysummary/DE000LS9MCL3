--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec6902fde6e4434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R313fd646e7064473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d2cd9dbcda4a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89160fff45cf4a33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227d08b3c5b54a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d2cd9dbcda4a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c1108659eb4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89160fff45cf4a33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Enterprise Acquisition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>184,992</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>