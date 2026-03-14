--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R313fd646e7064473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4a543a0b79044cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89160fff45cf4a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5567de0bc68b4676"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c1108659eb4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89160fff45cf4a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc50295098914685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5567de0bc68b4676" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Enterprise Acquisition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>