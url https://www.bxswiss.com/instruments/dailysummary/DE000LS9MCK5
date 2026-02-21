--- v0 (2025-10-16)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R335a95b35a034869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd23043ac5c4d43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a7539312b04966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852f96613f9c4b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252ca687b603451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a7539312b04966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f6a0ef71054737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852f96613f9c4b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>249,681</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>