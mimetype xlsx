--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd23043ac5c4d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24287335a6ec45a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852f96613f9c4b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5022d1b43b544fee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f6a0ef71054737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852f96613f9c4b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee7add320a543d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5022d1b43b544fee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>