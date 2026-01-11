--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8801f3abeec4832" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c7ca79afad4a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0ebb5c0eb224a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3320d45a16ae4a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222e32e92f3342ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0ebb5c0eb224a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R389be99076a0463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3320d45a16ae4a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktien-boersen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>