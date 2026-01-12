--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c7ca79afad4a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243d5e9ee3b640c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3320d45a16ae4a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd67913a1fd4fd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R389be99076a0463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3320d45a16ae4a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37dce85008a4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd67913a1fd4fd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktien-boersen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>