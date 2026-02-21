--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243d5e9ee3b640c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905cb453fdd64d15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd67913a1fd4fd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2371c57b5c41492f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37dce85008a4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd67913a1fd4fd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eaa5e8e7d3e469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2371c57b5c41492f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktien-boersen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>157,818</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>