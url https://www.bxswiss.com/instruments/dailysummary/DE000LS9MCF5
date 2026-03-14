--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905cb453fdd64d15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac475d3acee54d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2371c57b5c41492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc758c716a44e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eaa5e8e7d3e469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2371c57b5c41492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0ee0f5cbd044d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc758c716a44e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktien-boersen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,509</x:t>
@@ -791,31 +285,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>