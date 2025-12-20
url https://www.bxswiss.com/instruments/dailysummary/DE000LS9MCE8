--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reada028abdde4268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac8b767c3384ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31cacf11f9d94660"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a207ed0f734db0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f8d8297897b4aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31cacf11f9d94660" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44108796fceb4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a207ed0f734db0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradingToro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,659</x:t>
-[...107 lines deleted...]
-          <x:t>67,599</x:t>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,450</x:t>
-[...156 lines deleted...]
-          <x:t>67,178</x:t>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,251</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>66,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>