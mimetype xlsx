--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac8b767c3384ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6d7b02fb3954050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a207ed0f734db0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb3ab07f3104535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44108796fceb4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a207ed0f734db0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b078bb2fd5549c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb3ab07f3104535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradingToro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>67,251</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,192</x:t>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>