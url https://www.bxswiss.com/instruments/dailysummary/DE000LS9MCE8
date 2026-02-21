--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6d7b02fb3954050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3613d92e2c4834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb3ab07f3104535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846cc231c0a24676"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b078bb2fd5549c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb3ab07f3104535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db90fd0dd154b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846cc231c0a24676" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradingToro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>67,172</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>