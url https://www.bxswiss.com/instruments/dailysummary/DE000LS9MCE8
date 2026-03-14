--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3613d92e2c4834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c249b77b1841a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846cc231c0a24676"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R880cb05981eb41f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db90fd0dd154b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846cc231c0a24676" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362ec46f68e347bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R880cb05981eb41f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradingToro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>