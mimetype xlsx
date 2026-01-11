--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2310c988d27c46be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80300e8dbdf74761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345252a82fe04e0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49cc0072a97c4f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406dd8d85fc84bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345252a82fe04e0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd12a022cc7ea47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49cc0072a97c4f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Semiconductor Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>645,484</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>