--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80300e8dbdf74761" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad1bb6a6e2b4de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49cc0072a97c4f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ee6519c9d649fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd12a022cc7ea47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49cc0072a97c4f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161f7442e6ec416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ee6519c9d649fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Semiconductor Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>675,029</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>