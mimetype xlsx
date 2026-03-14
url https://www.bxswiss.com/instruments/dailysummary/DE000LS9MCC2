--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad1bb6a6e2b4de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R519e0f3a8a2149de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ee6519c9d649fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f7494f2f874371"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161f7442e6ec416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ee6519c9d649fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c3a217299b4517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f7494f2f874371" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Semiconductor Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>691,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>680,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>687,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>700,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>703,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>698,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>698,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>