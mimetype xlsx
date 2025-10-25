--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec50318e50b14a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72867dd249a142fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754c41476f1d4123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883445c3f826423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b4ffe1b66146aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754c41476f1d4123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda19dd55ee1a437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883445c3f826423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>URAN U3O8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>