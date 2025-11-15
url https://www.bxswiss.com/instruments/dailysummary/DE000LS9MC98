--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72867dd249a142fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0eba6bcbaa44c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883445c3f826423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R248ac10cffe34cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda19dd55ee1a437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883445c3f826423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4b810cec574089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R248ac10cffe34cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>URAN U3O8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>