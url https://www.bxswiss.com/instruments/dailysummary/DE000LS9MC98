--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0eba6bcbaa44c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97c5f8fb06be40bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R248ac10cffe34cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f4a5ae8a5840d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4b810cec574089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R248ac10cffe34cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f8de1ecfab44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f4a5ae8a5840d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>URAN U3O8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...485 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,487</x:t>
-[...70 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>29,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,013</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>32,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>