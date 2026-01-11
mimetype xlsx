--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97c5f8fb06be40bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc6dc5d0ba8c49fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f4a5ae8a5840d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R040b06a29f8049c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f8de1ecfab44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f4a5ae8a5840d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bcc1696ba3142df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R040b06a29f8049c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>URAN U3O8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>31,270</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,259</x:t>
-[...87 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>30,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,924</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>30,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,817</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>