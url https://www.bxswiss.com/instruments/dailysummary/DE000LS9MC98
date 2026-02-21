--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc6dc5d0ba8c49fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca03768c1fd4e71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R040b06a29f8049c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb61630eb46a240b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bcc1696ba3142df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R040b06a29f8049c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b10bfdbf07e4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb61630eb46a240b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>URAN U3O8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,016</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>