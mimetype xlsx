--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b46a962e154d79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf661b840834efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a1c71139ab4746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4427d0a3ffc54fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd00cd2cca66e45f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a1c71139ab4746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9101b6131c164e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4427d0a3ffc54fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Deutschland 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>125,852</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,800</x:t>
-[...463 lines deleted...]
-          <x:t>133,946</x:t>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>