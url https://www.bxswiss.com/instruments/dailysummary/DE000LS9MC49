--- v1 (2025-10-31)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf661b840834efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a01be126324670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4427d0a3ffc54fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a16ad786ba5409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9101b6131c164e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4427d0a3ffc54fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4845b48c101b4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a16ad786ba5409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Deutschland 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>114,583</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>