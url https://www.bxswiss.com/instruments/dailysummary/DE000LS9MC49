--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a01be126324670" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d1688ec0934242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a16ad786ba5409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeaebfd9131e4d1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4845b48c101b4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a16ad786ba5409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74cf8c79f8964f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeaebfd9131e4d1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Deutschland 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>102,248</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>