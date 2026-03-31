--- v3 (2026-02-21)
+++ v4 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d1688ec0934242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14d28de731846fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeaebfd9131e4d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra72c740a96bf4568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74cf8c79f8964f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeaebfd9131e4d1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea0e2446a9f4d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra72c740a96bf4568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Deutschland 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>103,066</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>