--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121cc82ae67d4a09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845853aa70fe4db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc456f26526ab4949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7a4f5322854301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3445c49a0859470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc456f26526ab4949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52fb89e4416f4fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7a4f5322854301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>86,101</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,521</x:t>
-[...183 lines deleted...]
-          <x:t>85,826</x:t>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>85,287</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,929</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>86,548</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>