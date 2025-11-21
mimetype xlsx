--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845853aa70fe4db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82faca75b3984de8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7a4f5322854301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R968ce5209d414400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52fb89e4416f4fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7a4f5322854301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d38a4ca14b459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R968ce5209d414400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>