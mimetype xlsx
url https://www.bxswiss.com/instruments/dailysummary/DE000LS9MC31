--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82faca75b3984de8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76c1e7afc54040cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R968ce5209d414400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52d7871fe87b400d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d38a4ca14b459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R968ce5209d414400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fbca2f459e45cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52d7871fe87b400d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,799</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>82,622</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>