--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76c1e7afc54040cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b63c7655984ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52d7871fe87b400d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcdd796b365c4d3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fbca2f459e45cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52d7871fe87b400d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e6948b58c434649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcdd796b365c4d3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>85,265</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,744</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>84,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,998</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>84,948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,380</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>