--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b63c7655984ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcda1e479e944f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcdd796b365c4d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb2c15561944622"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e6948b58c434649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcdd796b365c4d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23208ba0c5d245ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb2c15561944622" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>88,527</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>