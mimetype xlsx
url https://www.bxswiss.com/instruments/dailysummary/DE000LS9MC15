--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa52376cd0e8426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe60281b0f58495b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3677489501994c8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R504b086c32e9453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf203d4e27f4f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3677489501994c8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25927ca4c3fc4e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R504b086c32e9453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First GER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>