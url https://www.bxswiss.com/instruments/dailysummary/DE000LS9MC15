--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe60281b0f58495b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ef8c6b828542b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R504b086c32e9453e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3acac9e7801c4e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25927ca4c3fc4e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R504b086c32e9453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10114567aeb3475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3acac9e7801c4e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First GER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>