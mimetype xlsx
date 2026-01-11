--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ef8c6b828542b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c7f255c42c46e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3acac9e7801c4e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b7004759fa4738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10114567aeb3475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3acac9e7801c4e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be5d8d4bb394379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b7004759fa4738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First GER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>148,972</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>