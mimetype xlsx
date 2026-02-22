--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c7f255c42c46e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff57fb75f8204c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b7004759fa4738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0de093adc784d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be5d8d4bb394379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b7004759fa4738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb7a2b6a12c463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0de093adc784d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First GER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>161,913</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>