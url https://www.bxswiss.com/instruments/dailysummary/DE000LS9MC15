--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff57fb75f8204c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16447e7ff78e4138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0de093adc784d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R088b84ec7c0e4755"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb7a2b6a12c463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0de093adc784d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77cb4cd932c46c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R088b84ec7c0e4755" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First GER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>