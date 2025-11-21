--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3397165e8474bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ed24aa09ed4c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd557c5d8d8d84f79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40eba92a284c4523"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c8b85cba5024ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd557c5d8d8d84f79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572eb0f65b784a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40eba92a284c4523" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weekly Watchlist Tops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>