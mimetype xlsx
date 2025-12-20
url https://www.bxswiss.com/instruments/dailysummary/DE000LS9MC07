--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ed24aa09ed4c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b66952ccb904ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40eba92a284c4523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65bb7659175f429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572eb0f65b784a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40eba92a284c4523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56675b96c69148b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65bb7659175f429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weekly Watchlist Tops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...473 lines deleted...]
-          <x:t>212,232</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,783</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>208,531</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>