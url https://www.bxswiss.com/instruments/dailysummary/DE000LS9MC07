--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b66952ccb904ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec430f9dc8c346c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65bb7659175f429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R360a4cf7547a46f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56675b96c69148b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65bb7659175f429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b42cd403ce45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R360a4cf7547a46f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weekly Watchlist Tops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>