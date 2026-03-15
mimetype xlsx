--- v3 (2026-01-11)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec430f9dc8c346c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0fd09e22e7142a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R360a4cf7547a46f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab07a83276046dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b42cd403ce45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R360a4cf7547a46f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5527a04048cf40c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab07a83276046dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weekly Watchlist Tops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>214,986</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>