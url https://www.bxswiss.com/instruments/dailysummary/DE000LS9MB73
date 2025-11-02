--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re81d9053e3034d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e1922cfbc44c33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98b7418d76914106"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd27fbcd0159f4d61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02ab02474004860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98b7418d76914106" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0750752c5177488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd27fbcd0159f4d61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien nach meiner Wahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>