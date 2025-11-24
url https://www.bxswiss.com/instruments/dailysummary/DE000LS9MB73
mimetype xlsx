--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e1922cfbc44c33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e7c03163952405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd27fbcd0159f4d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5897ec75ceb4aa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0750752c5177488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd27fbcd0159f4d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e8e98cb7274fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5897ec75ceb4aa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien nach meiner Wahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>