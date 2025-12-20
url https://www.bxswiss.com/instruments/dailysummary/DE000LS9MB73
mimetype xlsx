--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e7c03163952405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7f71e892964810" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5897ec75ceb4aa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1191954eca47e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e8e98cb7274fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5897ec75ceb4aa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733f6d33ba9d49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1191954eca47e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien nach meiner Wahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>