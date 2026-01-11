--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7f71e892964810" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80b0539008db4555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1191954eca47e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6f6d3955e14ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733f6d33ba9d49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1191954eca47e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1136c7a2a33b4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6f6d3955e14ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien nach meiner Wahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>