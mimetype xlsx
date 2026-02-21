--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80b0539008db4555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bb9638d6e24142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6f6d3955e14ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05268f182c74dfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1136c7a2a33b4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6f6d3955e14ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcbc948c18ee4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05268f182c74dfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien nach meiner Wahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>236,768</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>