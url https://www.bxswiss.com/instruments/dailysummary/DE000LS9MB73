--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bb9638d6e24142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8760a3a79da4e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05268f182c74dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re82e8454733349f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcbc948c18ee4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05268f182c74dfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R379556cafd294df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re82e8454733349f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien nach meiner Wahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>