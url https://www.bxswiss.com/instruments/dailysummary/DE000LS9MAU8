--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6283e7ed288481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35338e5d00b148b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed9d7a2dd2a4f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87541feb1764f86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b0a9e3eeb54868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed9d7a2dd2a4f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R337650f8ddad45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87541feb1764f86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>369,868</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>