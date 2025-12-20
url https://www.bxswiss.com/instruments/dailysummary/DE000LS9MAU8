--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35338e5d00b148b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7420d4c841ab444d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87541feb1764f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d1ce2bbd90441f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R337650f8ddad45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87541feb1764f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75aecdcf95ca4350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d1ce2bbd90441f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>375,930</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>366,881</x:t>
-[...431 lines deleted...]
-          <x:t>372,480</x:t>
+          <x:t>355,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>