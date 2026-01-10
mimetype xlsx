--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7420d4c841ab444d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889097a8cb004cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d1ce2bbd90441f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf408193f15024579"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75aecdcf95ca4350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d1ce2bbd90441f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81cc5515b5124a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf408193f15024579" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>368,875</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,526</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...219 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,267</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>