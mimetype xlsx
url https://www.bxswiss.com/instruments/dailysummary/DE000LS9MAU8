--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889097a8cb004cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15e8fca643874ef9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf408193f15024579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c9bd34f2472411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81cc5515b5124a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf408193f15024579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f0af1ae30784c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c9bd34f2472411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>367,642</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>