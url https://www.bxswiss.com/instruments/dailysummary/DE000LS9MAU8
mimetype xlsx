--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15e8fca643874ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7850bcfedd945bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c9bd34f2472411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7651671bf85e453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f0af1ae30784c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c9bd34f2472411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac2e481e13c8488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7651671bf85e453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>