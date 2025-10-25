--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3637bf527d24b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75949ccb4b814bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d5060a6d404d52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b9ad3ed55164742"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77828d56582d40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d5060a6d404d52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36cadf99885a4ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b9ad3ed55164742" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andiratz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>