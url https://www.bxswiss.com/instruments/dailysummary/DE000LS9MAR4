--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75949ccb4b814bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5acf130220483d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b9ad3ed55164742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf854e485e8b84ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36cadf99885a4ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b9ad3ed55164742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad57a3e44a7433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf854e485e8b84ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andiratz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,735</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>