--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5acf130220483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racbf067b8c34416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf854e485e8b84ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be97745fef04efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad57a3e44a7433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf854e485e8b84ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c6be51b8704d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be97745fef04efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andiratz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>