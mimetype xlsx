--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racbf067b8c34416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d526e4748df4438" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be97745fef04efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc8b953edec4852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c6be51b8704d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be97745fef04efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6589fb57dff74feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc8b953edec4852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andiratz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>139,452</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>