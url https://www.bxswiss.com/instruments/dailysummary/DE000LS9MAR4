--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d526e4748df4438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re26c4da5af234de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc8b953edec4852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035021f0f2754bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6589fb57dff74feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc8b953edec4852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74e2b36f70a64119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035021f0f2754bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andiratz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>