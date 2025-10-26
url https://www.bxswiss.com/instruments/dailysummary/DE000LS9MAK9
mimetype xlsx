--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4eb4f1dda0b4b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re50c95115bbd4145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98333d5785bc4e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10af0bef161c4504"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d9f2942b4d4d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98333d5785bc4e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7096c216c2254b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10af0bef161c4504" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HR Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>