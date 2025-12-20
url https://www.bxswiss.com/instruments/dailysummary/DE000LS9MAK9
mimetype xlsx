--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re50c95115bbd4145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70262b3cf2f4f56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10af0bef161c4504"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974337dede5d4275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7096c216c2254b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10af0bef161c4504" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87762abc788d489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974337dede5d4275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HR Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>173,028</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>