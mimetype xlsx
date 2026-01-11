--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70262b3cf2f4f56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87741f52ecc34bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974337dede5d4275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R536a56fddc1b44b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87762abc788d489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974337dede5d4275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce9a82de021493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R536a56fddc1b44b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HR Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>