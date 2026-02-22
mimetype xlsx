--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87741f52ecc34bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9837bfe669a460d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R536a56fddc1b44b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf743dc2e2ebc412b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce9a82de021493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R536a56fddc1b44b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a6b3b8c73fc4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf743dc2e2ebc412b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HR Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>201,486</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>