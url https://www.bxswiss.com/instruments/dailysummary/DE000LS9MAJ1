--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb1095603214860" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9e560e9da84368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d51394756dd427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b2defa4e8cf4e53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32638500eea44f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d51394756dd427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a591ae7764540f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b2defa4e8cf4e53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Growth Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>97,065</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,593</x:t>
-[...269 lines deleted...]
-          <x:t>96,737</x:t>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>