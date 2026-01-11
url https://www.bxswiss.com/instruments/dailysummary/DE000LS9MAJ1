--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9e560e9da84368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d022ca6b7fb4db9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b2defa4e8cf4e53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b428c9b0f434724"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a591ae7764540f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b2defa4e8cf4e53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf896e3af6a4b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b428c9b0f434724" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Growth Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>