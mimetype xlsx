--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d022ca6b7fb4db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a44cd93a5b45b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b428c9b0f434724"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dc629a870c64c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf896e3af6a4b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b428c9b0f434724" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rded2c17969934842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dc629a870c64c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Growth Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,514</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,908</x:t>
-[...85 lines deleted...]
-          <x:t>96,888</x:t>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>