--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a44cd93a5b45b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f256dbdda8e48bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dc629a870c64c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41591ec10e9a4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rded2c17969934842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dc629a870c64c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9079ab1d82b47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41591ec10e9a4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Growth Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,657</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,102</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>