--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f92114dc414efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311354fa84ab4575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf183d94d415445b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3e785eeeff4d57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceeabdcc96cd4322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf183d94d415445b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3ce8f37ac04296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3e785eeeff4d57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Elektro-Gigant-Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>