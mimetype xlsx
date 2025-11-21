--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311354fa84ab4575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b99102a22204b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3e785eeeff4d57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf384ff58af7043d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3ce8f37ac04296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3e785eeeff4d57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01cd5d72ed9441aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf384ff58af7043d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Elektro-Gigant-Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>