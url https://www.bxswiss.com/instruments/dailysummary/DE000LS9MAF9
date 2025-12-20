--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b99102a22204b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8070d1250f154463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf384ff58af7043d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827e2b7a0fdc4534"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01cd5d72ed9441aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf384ff58af7043d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc36260aee4dc4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827e2b7a0fdc4534" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Elektro-Gigant-Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...619 lines deleted...]
-        <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>