--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8070d1250f154463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89e38c41bea4221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827e2b7a0fdc4534"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ac9f9333b9f4d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc36260aee4dc4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827e2b7a0fdc4534" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02def4b989804704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ac9f9333b9f4d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Elektro-Gigant-Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,114</x:t>
@@ -737,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>