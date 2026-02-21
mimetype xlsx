--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89e38c41bea4221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea47d7a4ba2a4cc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ac9f9333b9f4d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517f1ae592464218"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02def4b989804704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ac9f9333b9f4d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eaa4ddf21274b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517f1ae592464218" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Elektro-Gigant-Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>219,026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>