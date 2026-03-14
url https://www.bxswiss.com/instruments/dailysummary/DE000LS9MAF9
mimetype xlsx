--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea47d7a4ba2a4cc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63fb14959bf540d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517f1ae592464218"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2051598fca1144b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eaa4ddf21274b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517f1ae592464218" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ae8dc6635b433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2051598fca1144b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Elektro-Gigant-Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>